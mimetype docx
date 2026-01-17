--- v0 (2025-10-09)
+++ v1 (2026-01-17)
@@ -180,93 +180,93 @@
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>e</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>-ISSN:2757-6388</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidR="00B95CE1">
+                            <w:r w:rsidR="00683452">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>trk</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
-                            <w:r w:rsidR="00B95CE1">
+                            <w:r w:rsidR="00683452">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> dergisi</w:t>
                             </w:r>
-                            <w:r w:rsidR="00B95CE1">
+                            <w:r w:rsidR="00683452">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:br/>
-                              <w:t>2025</w:t>
+                              <w:t>2026</w:t>
                             </w:r>
                             <w:r w:rsidR="00984601">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:r w:rsidR="00B95CE1">
+                            <w:r w:rsidR="00683452">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
-                            <w:r w:rsidR="00A13C6B">
+                            <w:r w:rsidR="00683452">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>2</w:t>
+                              <w:t>1</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>):</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>ss</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>/</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00253E4C">
                               <w:rPr>
                                 <w:b/>
@@ -313,93 +313,93 @@
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>e</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>-ISSN:2757-6388</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidR="00B95CE1">
+                      <w:r w:rsidR="00683452">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>trk</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
-                      <w:r w:rsidR="00B95CE1">
+                      <w:r w:rsidR="00683452">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> dergisi</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B95CE1">
+                      <w:r w:rsidR="00683452">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:br/>
-                        <w:t>2025</w:t>
+                        <w:t>2026</w:t>
                       </w:r>
                       <w:r w:rsidR="00984601">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:r w:rsidR="00B95CE1">
+                      <w:r w:rsidR="00683452">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
-                      <w:r w:rsidR="00A13C6B">
+                      <w:r w:rsidR="00683452">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>2</w:t>
+                        <w:t>1</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>):</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>ss</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>/</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00253E4C">
                         <w:rPr>
                           <w:b/>
@@ -551,57 +551,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00564E56" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> --.--</w:t>
       </w:r>
       <w:r w:rsidR="007F17F6" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00B95CE1">
+      <w:r w:rsidR="00683452">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00564E56" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F17F6" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00564E56" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -635,57 +635,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00564E56" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> --.--.</w:t>
       </w:r>
       <w:r w:rsidR="00DD5CFD" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B95CE1">
+      <w:r w:rsidR="00683452">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00673FF1" w:rsidRDefault="00673FF1" w:rsidP="007F17F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1276" w:right="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00673FF1" w:rsidRPr="00684E81" w:rsidRDefault="00673FF1" w:rsidP="007F17F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1276" w:right="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -1169,139 +1169,95 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>University</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> (or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> (or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Unit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D62F84" w:rsidRPr="00684E81" w:rsidRDefault="00D62F84" w:rsidP="00D62F84">
@@ -1329,71 +1285,59 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>-mail</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0066655A" w:rsidRPr="00684E81" w:rsidRDefault="00D62F84" w:rsidP="00D62F84">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00684E81">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
-              <w:t>Orcid</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> ID:</w:t>
+              <w:t>Orcid ID:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D06771" w:rsidRPr="00684E81" w:rsidRDefault="0066655A" w:rsidP="006571C6">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
@@ -1404,62 +1348,60 @@
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> kırmızı</w:t>
       </w:r>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> alan yayın kararı sonrasında yazılacaktır. /</w:t>
       </w:r>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0026782B" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0026782B" w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>red</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
@@ -1534,73 +1476,51 @@
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>publication</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
@@ -1672,157 +1592,129 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> as:</w:t>
       </w:r>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bu Bölüm Dergi Sorumlusu Tarafından Doldurulacaktır.</w:t>
       </w:r>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>This</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>section</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>will</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>filled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>filled</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>out</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> by a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00684E81">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -3458,112 +3350,114 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="006A18C3" w:rsidRPr="00B260F6" w:rsidRDefault="00B95CE1" w:rsidP="00B95CE1">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7938"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F1E601A" wp14:editId="0B599639">
           <wp:extent cx="4319905" cy="721995"/>
           <wp:effectExtent l="0" t="0" r="4445" b="1905"/>
           <wp:docPr id="8" name="Resim 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="sayfa-alti-psd.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4319905" cy="721995"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
+    <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
     <w:r w:rsidR="006A18C3">
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00683452">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="006A18C3">
       <w:br/>
     </w:r>
   </w:p>
   <w:p w:rsidR="006A18C3" w:rsidRDefault="006A18C3">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="006A18C3" w:rsidRPr="00B260F6" w:rsidRDefault="00B95CE1" w:rsidP="00B95CE1">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
@@ -3624,65 +3518,63 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r w:rsidRPr="00B95CE1">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B95CE1">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B95CE1">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00683452">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B95CE1">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
   </w:p>
   <w:p w:rsidR="006A18C3" w:rsidRDefault="006A18C3" w:rsidP="00AF092F">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00B95CE1" w:rsidRDefault="00B95CE1">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00B8209B" w:rsidRDefault="00B8209B" w:rsidP="00E02BF5">
       <w:pPr>
@@ -3778,93 +3670,65 @@
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="006A18C3" w:rsidRDefault="006A18C3" w:rsidP="00AC0ADD">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="right" w:pos="7667"/>
       </w:tabs>
       <w:ind w:right="-864"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:noProof/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>Kitap tanıtım ve değerlendirme Yazar Adı-Soyadı –Kitap Adı</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC0ADD">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> (The </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00AC0ADD">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:t>Title</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00AC0ADD">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
-      <w:t xml:space="preserve"> of </w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> of the </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00AC0ADD">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:t>Paper</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00AC0ADD">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       </w:rPr>
       <w:t xml:space="preserve"> as English )</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w:rsidR="006A18C3" w:rsidRPr="00461153" w:rsidRDefault="006A18C3" w:rsidP="00461153">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
@@ -3879,51 +3743,51 @@
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00B95CE1" w:rsidRDefault="00B95CE1">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E434BE"/>
     <w:rsid w:val="00002C26"/>
     <w:rsid w:val="00004809"/>
     <w:rsid w:val="0001353D"/>
     <w:rsid w:val="00015203"/>
     <w:rsid w:val="0002618F"/>
     <w:rsid w:val="00032117"/>
     <w:rsid w:val="00044459"/>
     <w:rsid w:val="00051512"/>
@@ -3994,50 +3858,51 @@
     <w:rsid w:val="00487554"/>
     <w:rsid w:val="00496BB7"/>
     <w:rsid w:val="004A2299"/>
     <w:rsid w:val="004A3B99"/>
     <w:rsid w:val="004D0EAC"/>
     <w:rsid w:val="004E1155"/>
     <w:rsid w:val="004E3E89"/>
     <w:rsid w:val="005149CA"/>
     <w:rsid w:val="00514F9C"/>
     <w:rsid w:val="0053602D"/>
     <w:rsid w:val="00544854"/>
     <w:rsid w:val="00564E56"/>
     <w:rsid w:val="00574D7B"/>
     <w:rsid w:val="00575954"/>
     <w:rsid w:val="00593571"/>
     <w:rsid w:val="005D4453"/>
     <w:rsid w:val="00601B9F"/>
     <w:rsid w:val="006075AC"/>
     <w:rsid w:val="00617613"/>
     <w:rsid w:val="006571C6"/>
     <w:rsid w:val="0066655A"/>
     <w:rsid w:val="00672637"/>
     <w:rsid w:val="00673FF1"/>
     <w:rsid w:val="0067652F"/>
     <w:rsid w:val="006775B4"/>
+    <w:rsid w:val="00683452"/>
     <w:rsid w:val="00684E81"/>
     <w:rsid w:val="006852A6"/>
     <w:rsid w:val="006A18C3"/>
     <w:rsid w:val="006C0A6E"/>
     <w:rsid w:val="006C70A6"/>
     <w:rsid w:val="006D1CFF"/>
     <w:rsid w:val="006E6D82"/>
     <w:rsid w:val="007070D5"/>
     <w:rsid w:val="00714F52"/>
     <w:rsid w:val="00727AC4"/>
     <w:rsid w:val="0073488A"/>
     <w:rsid w:val="007514FE"/>
     <w:rsid w:val="00775850"/>
     <w:rsid w:val="00795A73"/>
     <w:rsid w:val="007A4FC0"/>
     <w:rsid w:val="007C08CB"/>
     <w:rsid w:val="007C0BB2"/>
     <w:rsid w:val="007C43F3"/>
     <w:rsid w:val="007C623E"/>
     <w:rsid w:val="007C72DC"/>
     <w:rsid w:val="007F17F6"/>
     <w:rsid w:val="008176D9"/>
     <w:rsid w:val="008503B8"/>
     <w:rsid w:val="00852590"/>
     <w:rsid w:val="00873A75"/>
@@ -4150,51 +4015,51 @@
     <w:rsid w:val="00F56EE0"/>
     <w:rsid w:val="00F73623"/>
     <w:rsid w:val="00FA37D5"/>
     <w:rsid w:val="00FA6CA4"/>
     <w:rsid w:val="00FB68BA"/>
     <w:rsid w:val="00FC122D"/>
     <w:rsid w:val="00FD3A40"/>
     <w:rsid w:val="00FE4C43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -5767,51 +5632,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BACC02C-0A09-4122-89A0-EAFC0C5FAFB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71CBDDF6-B13F-4181-ABED-07CE66AEC2CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>220</Words>
   <Characters>1257</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>